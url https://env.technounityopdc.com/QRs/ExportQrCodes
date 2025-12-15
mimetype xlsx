--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced678cb9936472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/497ed4fcc7c54542b3c11a49bd120a82.psmdcp" Id="R7142f6fe9fed4a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f498afcf2224ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b00f4a85bc04df1bc1c46e74c5d19c4.psmdcp" Id="R93f66496727f4e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="QR Codes" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>الرقم التسلسلي</x:t>
   </x:si>
   <x:si>
     <x:t>رابط التفاصيل</x:t>
   </x:si>
   <x:si>
@@ -332,50 +332,62 @@
     <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=49</x:t>
   </x:si>
   <x:si>
     <x:t>50</x:t>
   </x:si>
   <x:si>
     <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=50</x:t>
   </x:si>
   <x:si>
     <x:t>51</x:t>
   </x:si>
   <x:si>
     <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=51</x:t>
   </x:si>
   <x:si>
     <x:t>52</x:t>
   </x:si>
   <x:si>
     <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=52</x:t>
   </x:si>
   <x:si>
     <x:t>53</x:t>
   </x:si>
   <x:si>
     <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://2-env.technounityopdc.com/Extinguishes/Details?serial=55</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:u val="single"/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF0000FF"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -409,51 +421,51 @@
   </x:borders>
   <x:cellStyleXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId61" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -695,59 +707,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=1" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=2" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=3" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=4" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=5" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=6" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=7" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=8" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=9" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=10" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=11" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=12" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=13" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=14" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=15" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=16" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=17" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=18" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=19" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=20" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=21" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=22" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=23" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=24" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=25" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=26" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=27" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=28" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=29" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=30" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=31" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=32" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=33" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=34" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=35" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=36" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=37" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=38" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=39" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=40" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=41" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=42" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=43" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=44" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=45" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=46" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=47" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=48" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=49" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=50" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=51" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=52" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=53" TargetMode="External" Id="rId57" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=1" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=2" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=3" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=4" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=5" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=6" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=7" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=8" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=9" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=10" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=11" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=12" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=13" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=14" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=15" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=16" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=17" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=18" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=19" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=20" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=21" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=22" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=23" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=24" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=25" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=26" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=27" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=28" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=29" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=30" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=31" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=32" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=33" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=34" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=35" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=36" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=37" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=38" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=39" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=40" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=41" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=42" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=43" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=44" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=45" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=46" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=47" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=48" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=49" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=50" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=51" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=52" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=53" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=54" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2-env.technounityopdc.com/Extinguishes/Details?serial=55" TargetMode="External" Id="rId59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B54"/>
+  <x:dimension ref="A1:B56"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -1139,50 +1151,66 @@
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:2">
+      <x:c r="A55" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:2">
+      <x:c r="A56" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B2" r:id="rId5"/>
     <x:hyperlink ref="B3" r:id="rId6"/>
     <x:hyperlink ref="B4" r:id="rId7"/>
     <x:hyperlink ref="B5" r:id="rId8"/>
     <x:hyperlink ref="B6" r:id="rId9"/>
     <x:hyperlink ref="B7" r:id="rId10"/>
     <x:hyperlink ref="B8" r:id="rId11"/>
     <x:hyperlink ref="B9" r:id="rId12"/>
     <x:hyperlink ref="B10" r:id="rId13"/>
     <x:hyperlink ref="B11" r:id="rId14"/>
     <x:hyperlink ref="B12" r:id="rId15"/>
     <x:hyperlink ref="B13" r:id="rId16"/>
     <x:hyperlink ref="B14" r:id="rId17"/>
     <x:hyperlink ref="B15" r:id="rId18"/>
     <x:hyperlink ref="B16" r:id="rId19"/>
     <x:hyperlink ref="B17" r:id="rId20"/>
     <x:hyperlink ref="B18" r:id="rId21"/>
     <x:hyperlink ref="B19" r:id="rId22"/>
     <x:hyperlink ref="B20" r:id="rId23"/>
     <x:hyperlink ref="B21" r:id="rId24"/>
     <x:hyperlink ref="B22" r:id="rId25"/>
@@ -1196,50 +1224,52 @@
     <x:hyperlink ref="B30" r:id="rId33"/>
     <x:hyperlink ref="B31" r:id="rId34"/>
     <x:hyperlink ref="B32" r:id="rId35"/>
     <x:hyperlink ref="B33" r:id="rId36"/>
     <x:hyperlink ref="B34" r:id="rId37"/>
     <x:hyperlink ref="B35" r:id="rId38"/>
     <x:hyperlink ref="B36" r:id="rId39"/>
     <x:hyperlink ref="B37" r:id="rId40"/>
     <x:hyperlink ref="B38" r:id="rId41"/>
     <x:hyperlink ref="B39" r:id="rId42"/>
     <x:hyperlink ref="B40" r:id="rId43"/>
     <x:hyperlink ref="B41" r:id="rId44"/>
     <x:hyperlink ref="B42" r:id="rId45"/>
     <x:hyperlink ref="B43" r:id="rId46"/>
     <x:hyperlink ref="B44" r:id="rId47"/>
     <x:hyperlink ref="B45" r:id="rId48"/>
     <x:hyperlink ref="B46" r:id="rId49"/>
     <x:hyperlink ref="B47" r:id="rId50"/>
     <x:hyperlink ref="B48" r:id="rId51"/>
     <x:hyperlink ref="B49" r:id="rId52"/>
     <x:hyperlink ref="B50" r:id="rId53"/>
     <x:hyperlink ref="B51" r:id="rId54"/>
     <x:hyperlink ref="B52" r:id="rId55"/>
     <x:hyperlink ref="B53" r:id="rId56"/>
     <x:hyperlink ref="B54" r:id="rId57"/>
+    <x:hyperlink ref="B55" r:id="rId58"/>
+    <x:hyperlink ref="B56" r:id="rId59"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>QR Codes</vt:lpstr>
       <vt:lpstr>QR Codes!Print_Area</vt:lpstr>
       <vt:lpstr>QR Codes!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>